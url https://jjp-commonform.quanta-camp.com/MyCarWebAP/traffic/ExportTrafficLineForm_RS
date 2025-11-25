--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="日班" sheetId="1" r:id="rId1"/>
     <sheet name="夜班" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
   <si>
     <t>線別</t>
   </si>
   <si>
     <t>站別</t>
   </si>
   <si>
     <t>乘車時間</t>
   </si>
   <si>
     <t>QRDC - 士林線(1)日班</t>
   </si>
   <si>
     <t>士林捷運站</t>
   </si>
   <si>
     <t>07:00</t>
   </si>
   <si>
     <t>QRDC - 士林線(2)日班</t>
   </si>
   <si>
     <t>三玉</t>
   </si>
   <si>
@@ -377,72 +377,75 @@
   <si>
     <t>天下大觀</t>
   </si>
   <si>
     <t>南平路口</t>
   </si>
   <si>
     <t>QRDC - 北桃園(2)日班</t>
   </si>
   <si>
     <t>雙峰路</t>
   </si>
   <si>
     <t>莊敬路口</t>
   </si>
   <si>
     <t>長榮加油站</t>
   </si>
   <si>
     <t>QRDC - 龍岡線(1)日班</t>
   </si>
   <si>
     <t>龍岡圓環</t>
   </si>
   <si>
-    <t>06:38</t>
+    <t>06:28</t>
   </si>
   <si>
     <t>禾富米行</t>
   </si>
   <si>
-    <t>06:42</t>
+    <t>06:32</t>
   </si>
   <si>
     <t>普義路口</t>
   </si>
   <si>
     <t>QRDC - 龍岡線(2)日班</t>
   </si>
   <si>
     <t>中原大學</t>
   </si>
   <si>
     <t>QRDC - 平鎮線(1)日班</t>
   </si>
   <si>
     <t>平鎮市農會</t>
+  </si>
+  <si>
+    <t>06:30</t>
   </si>
   <si>
     <t>QRDC - 平鎮線(2)日班</t>
   </si>
   <si>
     <t>新明國中</t>
   </si>
   <si>
     <t>QRDC - 平鎮線(3)日班</t>
   </si>
   <si>
     <t>通德貨運</t>
   </si>
   <si>
     <t>QRDC - 中壢線(1)日班</t>
   </si>
   <si>
     <t>中壢土銀</t>
   </si>
   <si>
     <t>QRDC - 中壢線(2)日班</t>
   </si>
   <si>
     <t>豐田汽車</t>
   </si>
@@ -1231,468 +1234,468 @@
         <v>111</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>91</v>
+        <v>131</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.0185070037842" customWidth="1"/>
     <col min="2" max="2" width="13.2795743942261" customWidth="1"/>
     <col min="3" max="3" width="10.9879083633423" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>