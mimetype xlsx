--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="日班" sheetId="1" r:id="rId1"/>
     <sheet name="夜班" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="165">
   <si>
     <t>線別</t>
   </si>
   <si>
     <t>站別</t>
   </si>
   <si>
     <t>乘車時間</t>
   </si>
   <si>
     <t>QRDC - 士林線(1)日班</t>
   </si>
   <si>
     <t>士林捷運站</t>
   </si>
   <si>
     <t>07:00</t>
   </si>
   <si>
     <t>QRDC - 士林線(2)日班</t>
   </si>
   <si>
     <t>三玉</t>
   </si>
   <si>
@@ -200,185 +200,194 @@
   <si>
     <t>台大</t>
   </si>
   <si>
     <t>台電捷運站</t>
   </si>
   <si>
     <t>06:58</t>
   </si>
   <si>
     <t>QRDC - 公館線(3)日班</t>
   </si>
   <si>
     <t>景美</t>
   </si>
   <si>
     <t>圖書館</t>
   </si>
   <si>
     <t>QRDC - 板橋線(1)日班</t>
   </si>
   <si>
     <t>員山路口</t>
   </si>
   <si>
+    <t>QRDC - 板橋線(2)日班</t>
+  </si>
+  <si>
+    <t>舊板橋車站</t>
+  </si>
+  <si>
+    <t>06:57</t>
+  </si>
+  <si>
+    <t>QRDC - 板橋線(3)日班</t>
+  </si>
+  <si>
+    <t>大漢橋頭</t>
+  </si>
+  <si>
+    <t>QRDC - 板橋線(5)日班</t>
+  </si>
+  <si>
     <t>莒光路口</t>
   </si>
   <si>
+    <t>QRDC - 新海線日班</t>
+  </si>
+  <si>
+    <t>社後</t>
+  </si>
+  <si>
+    <t>06:43</t>
+  </si>
+  <si>
+    <t>富國社區</t>
+  </si>
+  <si>
+    <t>台新銀行</t>
+  </si>
+  <si>
+    <t>中平國中</t>
+  </si>
+  <si>
+    <t>QRDC - 樹林線日班</t>
+  </si>
+  <si>
+    <t>樹林火車站</t>
+  </si>
+  <si>
+    <t>新莊農會</t>
+  </si>
+  <si>
+    <t>07:02</t>
+  </si>
+  <si>
+    <t>福營國中</t>
+  </si>
+  <si>
+    <t>QRDC - 新泰線日班</t>
+  </si>
+  <si>
+    <t>泰山郵局</t>
+  </si>
+  <si>
+    <t>明志國小</t>
+  </si>
+  <si>
+    <t>明志工專</t>
+  </si>
+  <si>
+    <t>07:10</t>
+  </si>
+  <si>
+    <t>富國路口</t>
+  </si>
+  <si>
+    <t>07:15</t>
+  </si>
+  <si>
+    <t>QRDC - 大湳線(1)日班</t>
+  </si>
+  <si>
+    <t>瑞豐農會</t>
+  </si>
+  <si>
+    <t>06:30</t>
+  </si>
+  <si>
+    <t>小大湳</t>
+  </si>
+  <si>
+    <t>06:40</t>
+  </si>
+  <si>
+    <t>陽明公園</t>
+  </si>
+  <si>
+    <t>06:42</t>
+  </si>
+  <si>
+    <t>QRDC - 大湳線(2)日班</t>
+  </si>
+  <si>
+    <t>大湳</t>
+  </si>
+  <si>
+    <t>民族路橋</t>
+  </si>
+  <si>
+    <t>QRDC - 大湳線(3)日班</t>
+  </si>
+  <si>
+    <t>廣豐公司</t>
+  </si>
+  <si>
+    <t>06:47</t>
+  </si>
+  <si>
+    <t>大同路口</t>
+  </si>
+  <si>
+    <t>QRDC - 桃園線(1)日班</t>
+  </si>
+  <si>
+    <t>內壢火車站</t>
+  </si>
+  <si>
+    <t>省立醫院</t>
+  </si>
+  <si>
+    <t>高城社區</t>
+  </si>
+  <si>
+    <t>QRDC - 桃園線(2)日班</t>
+  </si>
+  <si>
+    <t>龍安街口</t>
+  </si>
+  <si>
+    <t>國際路口</t>
+  </si>
+  <si>
+    <t>延壽街口</t>
+  </si>
+  <si>
     <t>06:52</t>
   </si>
   <si>
-    <t>QRDC - 板橋線(2)日班</t>
-[...127 lines deleted...]
-  <si>
     <t>青果市場</t>
   </si>
   <si>
     <t>QRDC - 桃園線(3)日班</t>
   </si>
   <si>
     <t>中山大飯店</t>
   </si>
   <si>
     <t>龜山</t>
   </si>
   <si>
     <t>07:09</t>
   </si>
   <si>
     <t>QRDC - 北桃園(1)日班</t>
   </si>
   <si>
     <t>天下大觀</t>
   </si>
   <si>
     <t>南平路口</t>
   </si>
   <si>
     <t>QRDC - 北桃園(2)日班</t>
@@ -399,53 +408,50 @@
     <t>龍岡圓環</t>
   </si>
   <si>
     <t>06:28</t>
   </si>
   <si>
     <t>禾富米行</t>
   </si>
   <si>
     <t>06:32</t>
   </si>
   <si>
     <t>普義路口</t>
   </si>
   <si>
     <t>QRDC - 龍岡線(2)日班</t>
   </si>
   <si>
     <t>中原大學</t>
   </si>
   <si>
     <t>QRDC - 平鎮線(1)日班</t>
   </si>
   <si>
     <t>平鎮市農會</t>
-  </si>
-[...1 lines deleted...]
-    <t>06:30</t>
   </si>
   <si>
     <t>QRDC - 平鎮線(2)日班</t>
   </si>
   <si>
     <t>新明國中</t>
   </si>
   <si>
     <t>QRDC - 平鎮線(3)日班</t>
   </si>
   <si>
     <t>通德貨運</t>
   </si>
   <si>
     <t>QRDC - 中壢線(1)日班</t>
   </si>
   <si>
     <t>中壢土銀</t>
   </si>
   <si>
     <t>QRDC - 中壢線(2)日班</t>
   </si>
   <si>
     <t>豐田汽車</t>
   </si>
@@ -898,101 +904,101 @@
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>68</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
@@ -1069,633 +1075,633 @@
         <v>87</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>8</v>
+        <v>93</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.0185070037842" customWidth="1"/>
     <col min="2" max="2" width="13.2795743942261" customWidth="1"/>
     <col min="3" max="3" width="10.9879083633423" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>